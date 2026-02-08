--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -422,394 +422,434 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>imagen__nombre_limpio</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Franja Horaria</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Total Visualizaciones</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Nombre de Imagen</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>taco</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>19:30 a 06:00</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>551</v>
+        <v>598</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>taco</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>pollo</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>19:30 a 06:00</t>
         </is>
       </c>
       <c r="C3" t="n">
         <v>368</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>pollo</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>sushipng</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>11:30 a 15:30</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>sushipng</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>cafelate</t>
+          <t>pizza</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>15:30 a 19:30</t>
+          <t>19:30 a 06:00</t>
         </is>
       </c>
       <c r="C5" t="n">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>cafelate</t>
+          <t>pizza</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>cafe</t>
+          <t>cafelate</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>06:00 a 11:30</t>
+          <t>15:30 a 19:30</t>
         </is>
       </c>
       <c r="C6" t="n">
-        <v>168</v>
+        <v>222</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>cafe</t>
+          <t>cafelate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>cafecapu</t>
+          <t>cafe</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>06:00 a 11:30</t>
         </is>
       </c>
       <c r="C7" t="n">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>cafecapu</t>
+          <t>cafe</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>hanburguesa</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>11:30 a 15:30</t>
         </is>
       </c>
       <c r="C8" t="n">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>hanburguesa</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>pizza</t>
+          <t>capuchino</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>19:30 a 06:00</t>
+          <t>06:00 a 11:30</t>
         </is>
       </c>
       <c r="C9" t="n">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>pizza</t>
+          <t>capuchino</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Guisoarroz</t>
+          <t>milkshake</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>11:30 a 15:30</t>
+          <t>15:30 a 19:30</t>
         </is>
       </c>
       <c r="C10" t="n">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Guisoarroz</t>
+          <t>milkshake</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>milkshake</t>
+          <t>cafecapu</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>15:30 a 19:30</t>
+          <t>06:00 a 11:30</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>50</v>
+        <v>104</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>milkshake</t>
+          <t>cafecapu</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>capuchino</t>
+          <t>Guisoarroz</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>06:00 a 11:30</t>
+          <t>11:30 a 15:30</t>
         </is>
       </c>
       <c r="C12" t="n">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>capuchino</t>
+          <t>Guisoarroz</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>ojodebife</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>19:30 a 06:00</t>
         </is>
       </c>
       <c r="C13" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>ojodebife</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>helado</t>
+          <t>ensalada</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>15:30 a 19:30</t>
+          <t>11:30 a 15:30</t>
         </is>
       </c>
       <c r="C14" t="n">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>helado</t>
+          <t>ensalada</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>ensalada</t>
+          <t>helado</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>11:30 a 15:30</t>
+          <t>15:30 a 19:30</t>
         </is>
       </c>
       <c r="C15" t="n">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>ensalada</t>
+          <t>helado</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>milanesanapo</t>
+          <t>sushipng</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>11:30 a 15:30</t>
+          <t>19:30 a 06:00</t>
         </is>
       </c>
       <c r="C16" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>milanesanapo</t>
+          <t>sushipng</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
+          <t>Frapuchino</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>06:00 a 11:30</t>
+        </is>
+      </c>
+      <c r="C17" t="n">
+        <v>3</v>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Frapuchino</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>milanesanapo</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>11:30 a 15:30</t>
+        </is>
+      </c>
+      <c r="C18" t="n">
+        <v>3</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>milanesanapo</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
           <t>guisolentejas</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>11:30 a 15:30</t>
         </is>
       </c>
-      <c r="C17" t="n">
+      <c r="C19" t="n">
         <v>2</v>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>guisolentejas</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>